--- v0 (2025-12-14)
+++ v1 (2026-03-22)
@@ -54,627 +54,627 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>EDYBRANDON LEAL</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/159/projeto_de_lei_001-2023_cmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/159/projeto_de_lei_001-2023_cmssbv.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão do auxílio aluguel as mulheres vítimas de violência doméstica no Município de São Sebastião da Boa Vista, e dá outras providências.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Getulio Brabo da Souza</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/160/projeto_de_lei_001_2023_gp-pmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/160/projeto_de_lei_001_2023_gp-pmssbv.pdf</t>
   </si>
   <si>
     <t>Altera a lei 249/2014, que dispõe sobre a politica municipal de atendimento da criança e do adolescente e da outras providências.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_lei_001_2023_gp-pmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_lei_001_2023_gp-pmssbv.pdf</t>
   </si>
   <si>
     <t>Altera a lei 249/2014, que dispõe sobre a politica municipal de atendimento dos direitos da criança e adolescente e da outras providências.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>JOÃO RODRIGO DO NASCIMENTO FERREIRA  - JOÃOZINHO</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_resolucao_no_002-2023-cmssbv..pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_resolucao_no_002-2023-cmssbv..pdf</t>
   </si>
   <si>
     <t>Cria o Diploma Mulher empreendedora, e dá outras providências</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_no_002-2023_gp-pmssbv_de_21_mar_de_2023.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_no_002-2023_gp-pmssbv_de_21_mar_de_2023.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal de Primeira Infância e dá outras providências.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_003-2023_gp-pmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_003-2023_gp-pmssbv.pdf</t>
   </si>
   <si>
     <t>Dispõem sobre o sistema municipal de segurança alimentar e nutricional sustentável do município de São Sebastião da Boa Vista/PA, revoga a lei 122/2005 e dá outras providências.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_das_diretrizes_orcamentarias_2024.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_das_diretrizes_orcamentarias_2024.pdf</t>
   </si>
   <si>
     <t>Dispõem sobre as diretrizes orçamentárias do município de São Sebastião da Boa Vista para o Exercício de 2024 e dá outras providencias.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_005-2023-gp-pmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_005-2023-gp-pmssbv.pdf</t>
   </si>
   <si>
     <t>Institui o programa família acolhedora no município de são Sebastião da boa vista e dá outras providências.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_006-2023_-executivo..pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_006-2023_-executivo..pdf</t>
   </si>
   <si>
     <t>abre no orçamento geral do município de são Sebastião da boa vista exercício 2023, lei 312/2023, crédito especial e dá outras providencias.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>REC</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_001_2023_joao_rodrigo.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_001_2023_joao_rodrigo.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE LOMBADA</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>JOSÉ ALEX MEIRELES COSTA - ALEX</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/168/requerimento_002-2023-alex.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/168/requerimento_002-2023-alex.pdf</t>
   </si>
   <si>
     <t>Construção de duas pontes de madeira na COHAB.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>DORIEDISON TEIXEIRA DA SILVA - ECA</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_003_2023_-_cmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_003_2023_-_cmssbv.pdf</t>
   </si>
   <si>
     <t>Recurso para Cultura ao louvor Gospel.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>BENEDITO CARVALHO DE MATOS</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_004-2023_ver_benedito.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_004-2023_ver_benedito.pdf</t>
   </si>
   <si>
     <t>Construção de Rampa de acesso na Rua do Abil às Margens do Furo Jaçuana.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>MIRACY DOS REIS ROCHA, BENEDITO CARVALHO DE MATOS, MECIAS PANTOJA MENDES</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_no_005-2023-cmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_no_005-2023-cmssbv.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA CASA DO AUTISTA</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>JOÃO RODRIGO DO NASCIMENTO FERREIRA  - JOÃOZINHO, BENEDITO CARVALHO DE MATOS, EDYBRANDON LEAL, JOSÉ ALEX MEIRELES COSTA - ALEX, JOSE ROCHA DE CARVALHO JÚNIOR  - JÚNIOR FRAZÃO</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_005-2023-cmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_005-2023-cmssbv.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DE PERMANÊNCIA da E.M.E.I. e Fundamental – NAZARÉ. Que atende a Ilha Nazaré da Praia.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_006-2023-cmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_006-2023-cmssbv.pdf</t>
   </si>
   <si>
     <t>construção de um porto para embarque e desembarque dos alunos.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_007-2023-cmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_007-2023-cmssbv.pdf</t>
   </si>
   <si>
     <t>Viabilizar a manutenção de iluminação publica da Rua do Pracaxí, Jaçuana.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_008-2023-cmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_008-2023-cmssbv.pdf</t>
   </si>
   <si>
     <t>Implantação do piso salarial da enfermagem e abertura de crédito suplementar a LOA.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_resolucao_001-2023.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_resolucao_001-2023.pdf</t>
   </si>
   <si>
     <t>Referenda o artigo 10, I, 'C' e acrescenta-se o inciso V, no artigo 116, que terá a seguinte redação: "quadro são os processos de votação, sendo todos no processo eletrônico de validação, acrescenta-se o artigo 117-A e seus incisos, para esta em conformidade com o regimento interno da câmara municipal de vereadores do município de são Sebastião da boa vista, referente a forma de votação nomina, na modalidade eletrônica, para registro no painel eletrônico".</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>JOÃO RODRIGO DO NASCIMENTO FERREIRA  - JOÃOZINHO, EDYBRANDON LEAL, JOSÉ ALEX MEIRELES COSTA - ALEX</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_001_2023.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_001_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema de Processo Eletrônico na Câmara Municipal de São Sebastião da Boa Vista e da outras providências.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_resolucao_no_002-2023-cmssbv..pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_resolucao_no_002-2023-cmssbv..pdf</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>JOÃO RODRIGO DO NASCIMENTO FERREIRA  - JOÃOZINHO, JOSÉ ALEX MEIRELES COSTA - ALEX</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_no_003_de_29_de_marco_de_2023.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_no_003_de_29_de_marco_de_2023.pdf</t>
   </si>
   <si>
     <t>Fica criada a Frente Parlamentar em Defesa da Agricultura Familiar e Pesca Artesanal, e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/191/projeto_de_resolucao_004-2023-cmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/191/projeto_de_resolucao_004-2023-cmssbv.pdf</t>
   </si>
   <si>
     <t>Extingue o cargo de Digitador Legislativo previsto na resolução 001/2003 e altera a resolução 004/2021 da Câmara Municipal de São Sebastião da Boa Vista-PA e dá outras providencias.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>PACCJ</t>
   </si>
   <si>
     <t>Parecer Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/163/parecer_constituicao_e_justica.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/163/parecer_constituicao_e_justica.pdf</t>
   </si>
   <si>
     <t>PARECER DO PROJETO DE LEI 001/2023 - GP/PMSSBV</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>EDYBRANDON LEAL, MECIAS PANTOJA MENDES</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/175/parecer_comissao_const_e_just__projeto_resol_002_2023_cmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/175/parecer_comissao_const_e_just__projeto_resol_002_2023_cmssbv.pdf</t>
   </si>
   <si>
     <t>Parecer do Projeto de Resolução 002/2023 CMSSBV "cria o diploma mulher empreendedora, e dá outras providências".</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/185/parecer_da_comissao_de_const_e_just_projeto_de_lei_no_002-2023_gp-pmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/185/parecer_da_comissao_de_const_e_just_projeto_de_lei_no_002-2023_gp-pmssbv.pdf</t>
   </si>
   <si>
     <t>PARECER DO PROJETO DE LEI Nº 002-2023 GP-PMSSBV</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/186/parecer_da_comissao_de_const_e_just_projeto_de_resolucao_no_003-2023_cmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/186/parecer_da_comissao_de_const_e_just_projeto_de_resolucao_no_003-2023_cmssbv.pdf</t>
   </si>
   <si>
     <t>PARECER_PROJETO DE RESOLUÇÃO Nº 003-2023 - CMSSBV</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/192/parecer_const_e_just_do_pl_003-2023.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/192/parecer_const_e_just_do_pl_003-2023.pdf</t>
   </si>
   <si>
     <t>Parecer do Projeto de Lei 003/2023-GP/PMSSBV</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/195/parecer_da_comissao_const_e_just_projeto_de_resolucao_004-2023.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/195/parecer_da_comissao_const_e_just_projeto_de_resolucao_004-2023.pdf</t>
   </si>
   <si>
     <t>PARECER DO PROJETO DE RESOLUÇÃO 004/2023-CMSSBV</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/209/parecer_da_comissao_const_e_just_do_projeto_de_lei_005-2023_executivo.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/209/parecer_da_comissao_const_e_just_do_projeto_de_lei_005-2023_executivo.pdf</t>
   </si>
   <si>
     <t>Parecer do projeto de lei 005/2023 do Poder Executivo.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/210/parecer_const_e_just_projeto_de_lei_006-2023-pmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/210/parecer_const_e_just_projeto_de_lei_006-2023-pmssbv.pdf</t>
   </si>
   <si>
     <t>Parecer do Projeto de lei 006/2023 GP/PMSSBV</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças e Obras</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/164/parecer_financas_e_obras.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/164/parecer_financas_e_obras.pdf</t>
   </si>
   <si>
     <t>PARECER DO PROJETO DE LEI 001/2023 - GP/CMSSBV</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Obras</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/187/parecer_da_comissao_de_financas_e_obras_projeto_de_lei_no_002-2023_gp-pmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/187/parecer_da_comissao_de_financas_e_obras_projeto_de_lei_no_002-2023_gp-pmssbv.pdf</t>
   </si>
   <si>
     <t>PARECER_PROJETO DE LEI Nº 002-2023 GP-PMSSBV</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_financas_e_obras_do_pl_003-2023.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_financas_e_obras_do_pl_003-2023.pdf</t>
   </si>
   <si>
     <t>PARECER PROJETO DE LEI 003/2023-GP/PMSSBV</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/196/parecer_da_comissao_finan_e_obras_projeto_de_resolucao_004-2023.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/196/parecer_da_comissao_finan_e_obras_projeto_de_resolucao_004-2023.pdf</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/206/parecer_da_comissao_financas_e_obras_do_projeto_de_lei_004-2023_ldo.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/206/parecer_da_comissao_financas_e_obras_do_projeto_de_lei_004-2023_ldo.pdf</t>
   </si>
   <si>
     <t>Parecer do Projeto de Lei 004/2023 do Poder Executivo.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/207/parecer_da_comissao_financas_e_obras_do_projeto_de_lei_005-2023_executivo.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/207/parecer_da_comissao_financas_e_obras_do_projeto_de_lei_005-2023_executivo.pdf</t>
   </si>
   <si>
     <t>Parecer do Projeto de Lei 005/2023 do Poder Executivo.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/211/parecer_financas_e_obras_projeto_de_lei_006-2023-pmssbv.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/211/parecer_financas_e_obras_projeto_de_lei_006-2023-pmssbv.pdf</t>
   </si>
   <si>
     <t>Parecer do projeto de lei 006/2023-GP/PMSSBV.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>OFIEX</t>
   </si>
   <si>
     <t>Ofício do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/</t>
   </si>
   <si>
     <t>Apresentar Líder da Bancada Governista</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>ATA DA SESSÃO</t>
   </si>
   <si>
     <t>Secretaria Legislativa - SELEG</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/158/ata_da_primeira_sessao_ordinaria_da_camara_municipal_de_sao_sebastiao_da_boa_vista.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/158/ata_da_primeira_sessao_ordinaria_da_camara_municipal_de_sao_sebastiao_da_boa_vista.pdf</t>
   </si>
   <si>
     <t>Ata da Primeira Sessão Ordinário da Câmara Municipal de São Sebastião da Boa Vista, realizada no dia 24 de fevereiro de 2023.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/166/ata_da_segunda_sessao_ordinaria_da_camara_municipal_de_sao_sebastiao_da_boa_vista.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/166/ata_da_segunda_sessao_ordinaria_da_camara_municipal_de_sao_sebastiao_da_boa_vista.pdf</t>
   </si>
   <si>
     <t>Ata da segunda Sessão Ordinária da Câmara Municipal de São Sebastião da Boa Vista, realizada no dia 03 de março de 2023.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/169/ata_da_terceira_sessao_ordinaria_do_dia_10_de_marco.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/169/ata_da_terceira_sessao_ordinaria_do_dia_10_de_marco.pdf</t>
   </si>
   <si>
     <t>ATA da Terceira Sessão Ordinária do dia 10 de março de 2023.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/174/ata_da_quarta_sessao_ordinaria_do_dia_17_de_marco.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/174/ata_da_quarta_sessao_ordinaria_do_dia_17_de_marco.pdf</t>
   </si>
   <si>
     <t>ATA DA QUARTA SESSÃO ORDINÁRIA DE 17 DE MARÇO DE 2023 DA CAMARA MUNICIPAL</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/177/ata_da_quinta_sessao_ordinaria_do_dia_24_de_marco.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/177/ata_da_quinta_sessao_ordinaria_do_dia_24_de_marco.pdf</t>
   </si>
   <si>
     <t>Ata da Quinta Sessão Ordinária da Câmara Municipal de São Sebastião da Boa Vista, realizada no dia 24 de março 2023.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/188/ata_da_sexta_sessao_ordinaria_do_dia_31_de_marco.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/188/ata_da_sexta_sessao_ordinaria_do_dia_31_de_marco.pdf</t>
   </si>
   <si>
     <t>ATA DA SEXTA SESSÃO ORDINÁRIA DA CAMARA MUNICIPAL</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/190/ata_da_setima_sessao_ordinaria_do_dia_14_de_abril.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/190/ata_da_setima_sessao_ordinaria_do_dia_14_de_abril.pdf</t>
   </si>
   <si>
     <t>ata da sétima sessão ordinária do dia 14 de abril de 2023</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/194/ata_da_oitava_sessao_ordinaria_do_dia_28_de_abril.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/194/ata_da_oitava_sessao_ordinaria_do_dia_28_de_abril.pdf</t>
   </si>
   <si>
     <t>ATA DA OITAVA SESSÃO ORDINÁRIA DA CAMARA DE 28 DE ABRIL DE 2023</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/198/ata_da_nona_sessao_ordinaria_do_dia_05_de_maio.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/198/ata_da_nona_sessao_ordinaria_do_dia_05_de_maio.pdf</t>
   </si>
   <si>
     <t>ATA da Nona Sessão Ordinário do dia 05 de Maio de 2023.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/199/ata_da_decima_sessao_ordinaria_do_dia_12_de_maio.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/199/ata_da_decima_sessao_ordinaria_do_dia_12_de_maio.pdf</t>
   </si>
   <si>
     <t>ATA da Décima Sessão Ordinária da Câmara Municipal de 2023</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/201/ata_da_decima_primeira_sessao_ordinaria_do_dia_19_de_maio.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/201/ata_da_decima_primeira_sessao_ordinaria_do_dia_19_de_maio.pdf</t>
   </si>
   <si>
     <t>ATA DÉCIMA PRIMEIRA SESSÃO ORDINÁRIA DE 2023</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/202/ata_da_decima_segunda_sessao_ordinaria_do_dia_26_de_maio.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/202/ata_da_decima_segunda_sessao_ordinaria_do_dia_26_de_maio.pdf</t>
   </si>
   <si>
     <t>ATA DECIMA SEGUNDA SESSÃO ORDINÁRIA DE 2023</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/205/ata_da_decima_terceira_sessao_ordinaria_do_dia_02_de_jun.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/205/ata_da_decima_terceira_sessao_ordinaria_do_dia_02_de_jun.pdf</t>
   </si>
   <si>
     <t>ATA da décima terceira sessão ordinária da câmara municipal de 02 de Junho 2023.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/208/ata_da_decima_quarta_sessao_ordinaria_do_dia_16_de_jun.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/208/ata_da_decima_quarta_sessao_ordinaria_do_dia_16_de_jun.pdf</t>
   </si>
   <si>
     <t>ATA da Décima quarta Sessão Ordinária da Câmara Municipal dia 16 de Junho de 2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -981,68 +981,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/159/projeto_de_lei_001-2023_cmssbv.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/160/projeto_de_lei_001_2023_gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_lei_001_2023_gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_resolucao_no_002-2023-cmssbv..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_no_002-2023_gp-pmssbv_de_21_mar_de_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_003-2023_gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_das_diretrizes_orcamentarias_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_005-2023-gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_006-2023_-executivo..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_001_2023_joao_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/168/requerimento_002-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_003_2023_-_cmssbv.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_004-2023_ver_benedito.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_no_005-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_005-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_006-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_007-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_008-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_resolucao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_001_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_resolucao_no_002-2023-cmssbv..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_no_003_de_29_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/191/projeto_de_resolucao_004-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/163/parecer_constituicao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/175/parecer_comissao_const_e_just__projeto_resol_002_2023_cmssbv.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/185/parecer_da_comissao_de_const_e_just_projeto_de_lei_no_002-2023_gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/186/parecer_da_comissao_de_const_e_just_projeto_de_resolucao_no_003-2023_cmssbv.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/192/parecer_const_e_just_do_pl_003-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/195/parecer_da_comissao_const_e_just_projeto_de_resolucao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/209/parecer_da_comissao_const_e_just_do_projeto_de_lei_005-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/210/parecer_const_e_just_projeto_de_lei_006-2023-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/164/parecer_financas_e_obras.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/187/parecer_da_comissao_de_financas_e_obras_projeto_de_lei_no_002-2023_gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_financas_e_obras_do_pl_003-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/196/parecer_da_comissao_finan_e_obras_projeto_de_resolucao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/206/parecer_da_comissao_financas_e_obras_do_projeto_de_lei_004-2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/207/parecer_da_comissao_financas_e_obras_do_projeto_de_lei_005-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/211/parecer_financas_e_obras_projeto_de_lei_006-2023-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/158/ata_da_primeira_sessao_ordinaria_da_camara_municipal_de_sao_sebastiao_da_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/166/ata_da_segunda_sessao_ordinaria_da_camara_municipal_de_sao_sebastiao_da_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/169/ata_da_terceira_sessao_ordinaria_do_dia_10_de_marco.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/174/ata_da_quarta_sessao_ordinaria_do_dia_17_de_marco.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/177/ata_da_quinta_sessao_ordinaria_do_dia_24_de_marco.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/188/ata_da_sexta_sessao_ordinaria_do_dia_31_de_marco.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/190/ata_da_setima_sessao_ordinaria_do_dia_14_de_abril.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/194/ata_da_oitava_sessao_ordinaria_do_dia_28_de_abril.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/198/ata_da_nona_sessao_ordinaria_do_dia_05_de_maio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/199/ata_da_decima_sessao_ordinaria_do_dia_12_de_maio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/201/ata_da_decima_primeira_sessao_ordinaria_do_dia_19_de_maio.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/202/ata_da_decima_segunda_sessao_ordinaria_do_dia_26_de_maio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/205/ata_da_decima_terceira_sessao_ordinaria_do_dia_02_de_jun.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/208/ata_da_decima_quarta_sessao_ordinaria_do_dia_16_de_jun.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/159/projeto_de_lei_001-2023_cmssbv.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/160/projeto_de_lei_001_2023_gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_lei_001_2023_gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_de_resolucao_no_002-2023-cmssbv..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_no_002-2023_gp-pmssbv_de_21_mar_de_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/178/projeto_de_lei_003-2023_gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/203/projeto_de_lei_das_diretrizes_orcamentarias_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_005-2023-gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/212/projeto_de_lei_006-2023_-executivo..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/165/requerimento_001_2023_joao_rodrigo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/168/requerimento_002-2023-alex.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_003_2023_-_cmssbv.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_004-2023_ver_benedito.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_no_005-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_005-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_006-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_007-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_008-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_resolucao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_001_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_de_resolucao_no_002-2023-cmssbv..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_resolucao_no_003_de_29_de_marco_de_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/191/projeto_de_resolucao_004-2023-cmssbv.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/163/parecer_constituicao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/175/parecer_comissao_const_e_just__projeto_resol_002_2023_cmssbv.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/185/parecer_da_comissao_de_const_e_just_projeto_de_lei_no_002-2023_gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/186/parecer_da_comissao_de_const_e_just_projeto_de_resolucao_no_003-2023_cmssbv.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/192/parecer_const_e_just_do_pl_003-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/195/parecer_da_comissao_const_e_just_projeto_de_resolucao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/209/parecer_da_comissao_const_e_just_do_projeto_de_lei_005-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/210/parecer_const_e_just_projeto_de_lei_006-2023-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/164/parecer_financas_e_obras.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/187/parecer_da_comissao_de_financas_e_obras_projeto_de_lei_no_002-2023_gp-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/193/parecer_financas_e_obras_do_pl_003-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/196/parecer_da_comissao_finan_e_obras_projeto_de_resolucao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/206/parecer_da_comissao_financas_e_obras_do_projeto_de_lei_004-2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/207/parecer_da_comissao_financas_e_obras_do_projeto_de_lei_005-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/211/parecer_financas_e_obras_projeto_de_lei_006-2023-pmssbv.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/158/ata_da_primeira_sessao_ordinaria_da_camara_municipal_de_sao_sebastiao_da_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/166/ata_da_segunda_sessao_ordinaria_da_camara_municipal_de_sao_sebastiao_da_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/169/ata_da_terceira_sessao_ordinaria_do_dia_10_de_marco.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/174/ata_da_quarta_sessao_ordinaria_do_dia_17_de_marco.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/177/ata_da_quinta_sessao_ordinaria_do_dia_24_de_marco.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/188/ata_da_sexta_sessao_ordinaria_do_dia_31_de_marco.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/190/ata_da_setima_sessao_ordinaria_do_dia_14_de_abril.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/194/ata_da_oitava_sessao_ordinaria_do_dia_28_de_abril.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/198/ata_da_nona_sessao_ordinaria_do_dia_05_de_maio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/199/ata_da_decima_sessao_ordinaria_do_dia_12_de_maio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/201/ata_da_decima_primeira_sessao_ordinaria_do_dia_19_de_maio.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/202/ata_da_decima_segunda_sessao_ordinaria_do_dia_26_de_maio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/205/ata_da_decima_terceira_sessao_ordinaria_do_dia_02_de_jun.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2023/208/ata_da_decima_quarta_sessao_ordinaria_do_dia_16_de_jun.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="176.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="168.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="167.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>