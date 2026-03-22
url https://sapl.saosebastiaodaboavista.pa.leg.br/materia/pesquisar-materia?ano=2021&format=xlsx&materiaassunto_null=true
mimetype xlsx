--- v0 (2025-12-14)
+++ v1 (2026-03-22)
@@ -54,1071 +54,1071 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Getulio Brabo da Souza</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/118/projeto-de-lei-001-do-poder-executivo.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/118/projeto-de-lei-001-do-poder-executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação- CACS-FUNDEB, em conformidade com ao artigo 212-A da Constituição Federal, regulamento na forma da Lei Federal N° 14.113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/126/ldo.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/126/ldo.pdf</t>
   </si>
   <si>
     <t>Ao Cumprimentá-lo, Sirvo-me de presente para encaminhar a V. Exa..,e , a esta Augusta Casa de Leis para discussão, votação e deliberação final, o PROJETO DE LEI N° 002/2021 GP/PMSSBV, DE 13 DE ABRIL DE DE 2021, QUE "Dispõe sobre as Diretrizes Orçamentarias do Município de São Sebastião da Boa Vista para o exercício financeiro de 2022 e dá outras providencias</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_03.20221.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_03.20221.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização legislativa para a doação de terreno municipal á empresa MAIS BRASIL CONSTRUTORA EIRELLI e dá outras providências.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>JOSÉ ALEX MEIRELES COSTA - ALEX</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO MUNICIPAL DO GARI</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>BENEDITO CARVALHO DE MATOS, DORIEDISON TEIXEIRA DA SILVA - ECA, MIRACY DOS REIS ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/122/projeto-005.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/122/projeto-005.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Denominação do novo Prédio Público da Câmara de São Sebastião da Boa Vista.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>JOSÉ MARIA GONÇALVES DOS SANTOS, MARCELO SANTOS, NOÉ CASTILHO BITENCOURT - NOÉ DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/124/projeto006.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/124/projeto006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prestação de serviço de psicologia na rede pública Municipal de Ensino no Munícipio de São Sebastião da Boa Vista e dá outras providencias.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>NOÉ CASTILHO BITENCOURT - NOÉ DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/128/projeto007.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/128/projeto007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE UM BRASÃO DO MUNICIPIO DE SÃO SEBASTIÃO DA BOA VISTA E DÁ OUTTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/134/projeto-de-lei-008.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/134/projeto-de-lei-008.pdf</t>
   </si>
   <si>
     <t>Ao Cumprimentá-lo, sirvo de presente para encaminhar a V. Exa. a esta Augusta Casa de Leis para discussão, votação e deliberação final, o Projeto de Lei N°008/2021 GP/PMSSBV, DE 29 DE OUTUBRO DE 2021, que "estima a Receita e fixa a Despesa do Município de São Sebastião da Boa Vista, Estado do Pará, para o Exercício Financeiro de 2022 e da outras providencias</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/132/projeto-de-lei-009.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/132/projeto-de-lei-009.pdf</t>
   </si>
   <si>
     <t>Inclui o Dia dos Jovens Cristãos nos Calendário Oficial do Municipal e das outras providências.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/136/projeto-de-lei-010-2.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/136/projeto-de-lei-010-2.pdf</t>
   </si>
   <si>
     <t>Torna-se obrigatório que todo atendimento presencial aos Pais de alunos da rede municipal de ensino médio de nosso Município seja realizado no próprio prédio das Escolas polos de nosso município de São Sebastião da Boa Vista.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>ADAÉRCIO CAMPOS MONTEIRO, EDYBRANDON LEAL, NOÉ CASTILHO BITENCOURT - NOÉ DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/138/projeto-de-lei-011.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/138/projeto-de-lei-011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão do dia da "Feira Cultural Boavistense" no Calendário Oficial do Município e dá outras Providências</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>ADAÉRCIO CAMPOS MONTEIRO, BENEDITO CARVALHO DE MATOS, DORIEDISON TEIXEIRA DA SILVA - ECA, EDYBRANDON LEAL, JOÃO RODRIGO DO NASCIMENTO FERREIRA  - JOÃOZINHO, JOSÉ ALEX MEIRELES COSTA - ALEX, JOSÉ MARIA GONÇALVES DOS SANTOS, MECIAS PANTOJA MENDES, MIRACY DOS REIS ROCHA, NOÉ CASTILHO BITENCOURT - NOÉ DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/140/projeto-de-lei-012.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/140/projeto-de-lei-012.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Denominação de novo Prédio do CAPS( Centro de Atendimento Psicossocial) de São Sebastião da Boa Vista e dá outras Providências.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/142/projeto-de-lei-013.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/142/projeto-de-lei-013.pdf</t>
   </si>
   <si>
     <t>Modifica o Regime Próprio de Previdência do Município de São Sebastião da Boa Vista/PA,  DE ACORDO COM A Emenda Constitucional n°103/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>REC</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>DORIEDISON TEIXEIRA DA SILVA - ECA</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/1/requerimento-001.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/1/requerimento-001.pdf</t>
   </si>
   <si>
     <t>Tomada de proviências devidas para que seja realizada a extensão da rede eletrica no furo santo antonio</t>
   </si>
   <si>
     <t>BENEDITO CARVALHO DE MATOS</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/2/requerimento-002.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/2/requerimento-002.pdf</t>
   </si>
   <si>
     <t>Requerimento para o Poder Executivo construa uma E.M.E.F Montei Sinai as Margem Esquerda da Ilha Tucupi</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento-003.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento-003.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza- Prefeito Municipal de São Sebastião da Boa Vista, que sejam tomadas as devidas providencias as junto ao setor competente da SEDUC/PARÁ para que seja implantado o Ensino Médio Modalidade SEI na Escola Pedro Nogueira, localizado no Rio Urucuzal na zona rural de nosso Município de São Sebastião da Boa Vista.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>JOSÉ MARIA GONÇALVES DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento-004.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento-004.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, o pedido de Construção da nova Escola Municipal de Ensino Fundamental Alacide Nunes. REQUEIRO ainda a construção de uma quadra coberta para atender toda a comunidade escolar.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento-005.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento-005.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, o pedido para que o município através  da secretaria Municipal de Educação de nosso Município garanta a todos os alunos de Escola Publicas no nosso Município, oriundos do meio rural, que estudem na serie de nosso município de São Sebastião da Boa Vista, a primeira alimentação do dia( Café da Manhã).</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento-006.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento-006.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, o pedido de extensão da rede de água fornecida pelo município de São Sebastião da Boa Vista, na Avenida Beira Mar no perímetro que compreende da travessa Custodio Ferreira á Rua Maria Julia, na urbana de Nossa cidade.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>BENEDITO CARVALHO DE MATOS, DORIEDISON TEIXEIRA DA SILVA - ECA</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento-007.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento-007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias devidas para que seja realizada a reforma e ampliação da ponte do Jaçuana  lado esquerdo.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento-008.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento-008.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomadas as providências devidas para que seja instalado um sistema de vigilância de seguranças nas vias de nossa cidade e nos portos de embarque e desembarque.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento-009.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento-009.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias devidas para que seja realizada uma revitalização da orla de nossa cidade.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>ADAÉRCIO CAMPOS MONTEIRO</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento-010.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento-010.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias devidas para que seja realizada a construção de um posto de Saúde na Ilha Paquetá.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>MIRACY DOS REIS ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento-011.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento-011.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Excelentíssimo Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja feita lombadas nas passarelas de concreto de nossa cidade.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento-012.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento-012.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja oficializado o Poder Executivo Municipal na pessoa do excelentíssimo Senhor Prefeito Municipal de São Sebastião da Boa Vista Getúlio Brabo de Souza, que realize em caráter de Urgência a Reforma da Ponte da Vila Cocal, neste Município de São Sebastião da Boa Vista.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento-013.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento-013.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja oficializado o Poder Executivo Municipal na pessoa do excelentíssimo Senhor Prefeito Municipal de São Sebastião da Boa Vista Getúlio Brabo de Souza, que seja construída uma Escola Municipal de Ensino Fundamental na Comunidade  São José, nossa sugestão é que a referida Escola seja construída as margens do Baixo Rio Pracuúba Grande em frente á Vila de São Miguel do Pracuúba na zona rural deste município.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>EDYBRANDON LEAL</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento-014.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento-014.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomadas as providencias devidas para que seja criada e instalada a Guarda Municipal em nosso município, seguindo os meios legais.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento-015.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento-015.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Excelentíssimo Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja feito visita técnica no conjunto COHAB, na cidade de São Sebastião da Boa Vista.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>JOÃO RODRIGO DO NASCIMENTO FERREIRA  - JOÃOZINHO, JOSÉ ALEX MEIRELES COSTA - ALEX</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento-016.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento-016.pdf</t>
   </si>
   <si>
     <t>REQUEIRO  a V. EX.  na forma regimental  depois de ouvido o soberano Plenário desta casa, que seja solicitado a Secretário Municipal de Educação de São Sebastião da Boa Vista, ao Sr. Secretario JEFFERSON PATRICK FERREIRA:_x000D_
 a) Portaria de lotação da Educação 2021 de São Sebastião da Boa Vista, ou?_x000D_
 b) Caso não tenha sido elaborado a Portaria de lotação 2021, qual  Portaria está usada para definir a lotação da educação?</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento-017.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento-017.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista. que seja tomada as providencias devidas para que seja realizado o asfaltamento das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento-018.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento-018.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias devidas para que seja realizado a construção das pontes de nossa cidade.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento-019.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento-019.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomadas as providencias devidas para que seja construída uma Quadra  Esportiva na Escola São Sebastião no rio Guajará.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento-020.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento-020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias devidas para que seja feita a construção do prédio do CRAS na passagem Maria Julia em nossa cidade.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento-022.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento-022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Benedito Barreto Junior, Secretário  Municipal de Saúde de  São Sebastião da Boa Vista, que dentro das possibilidades e que não fujam das normas e protocolos da OMS e Ministério da Saúde, que seja priorizado a vacinação dos Profissionais da Educação e os Garis de nosso Município.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/82/requerimento-023.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/82/requerimento-023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja feito uma reforma e ampliação na Escola Municipal de Ensino Infantil e Fundamental  CAETÉ. as margens do Rio Umarituba na Zona Rural deste Município.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento-024.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento-024.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a V. Ex. na forma regimental depois de ouvido o soberano plenário, cumpridas as formalidades legais contidas no regimento interno desta casa, que seja inserido na ata de nossos trabalhos "Votos de Profundo Pesar" pelo falecimento da Ilma Sra. BENEDITA ADELAIDE DA SILVA RODRIGUES, conhecida como " PROFESSORA BENA", ocorrido no dia 11 de Abril de 2021, em nossa Cidade.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>NOÉ CASTILHO BITENCOURT - NOÉ DO POVO, DORIEDISON TEIXEIRA DA SILVA - ECA</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento-026.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento-026.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as devidas providencias para a revitalização da calçada e cais que ficam localizados em frente á Igreja Cristã Evangélica, solicitamos ainda a construção de uma rampa de acesso no mesmo local para embarque e desembarque de pessoas oriundas da zona Rural que necessitam de atendimento médicos no Hospital Municipal de nosso município.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento-029.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento-029.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja feito uma reforma e ampliação na Escola Municipal de Ensino Infantil e Fundamental  CRUZEIRO, as margens do Rio Furo Flexal na Zona Rural deste município.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>JOÃO RODRIGO DO NASCIMENTO FERREIRA  - JOÃOZINHO</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento-030.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento-030.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomadas as providências para a DISPONIBILIDADE  DE ÁREA PARA A CONSTRUÇAO DE CRECHE. Sabemos que a demanda pra atendimentos as nossas crianças é relevante , neste sentido , busquei juntamente com alguns colegas deste departamento, pedido formalizado através do Of.010/201-JF, datado de 06 de Abril de 2021, de nossa autoria, junto a SEDUC/PA, para a construção de uma CRECHE, padrão FDNE , a ser construída pelo estado, no qual buscamos área para sua instalação, na localidade do bairro da terrinha, tendo em vista já termos uma creche para o lado da pista, que atende  de forma excelente a essa comunidade do centro, do Jaçuana, do Aeroporto, da COHAB, e demais regiões próximas, informo ainda , que devida permissão legal, foi publicada no DOE n°34.551, do dia 14 de Abril de 2021,  na página 4.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento-031.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento-031.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que reivindique providencias junto á Operadora de Telefonia Móvel VIVO, para a mesma melhorar a qualidade e a  expansão  do sinal de forma que cubra todo o nosso município São Sebastião da Boa Vista.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento-032.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento-032.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja construída uma ponte de madeira no seguimento da Custodio Ferreira com a Duque de Caxias ao lado do Furo Santo Antônio.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento-033.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento-033.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias devidas junto a superintendência do Banco do Brasil para que o mesmo possa melhorar e ampliar o atendimento ao usuário.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento-034.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento-034.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que sejam tomadas as devidas providencias para a reforma e ampliação da Escola Municipal  de Ensino e Fundamental São  Francisco que fica localizado no Furo Vilela neste Município de São Sebastião da Boa Vista.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento-035.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento-035.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que sejam tomadas as devidas providencias no sentido que seja retomada a obra da Biblioteca Publica.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento-036.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento-036.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a V. Ex. na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Prefeito Municipal Getúlio Brabo de Souza, que seja realizada a limpeza e desobstrução do furo/rio Jupatituba</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento-037.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento-037.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a V. Ex. na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Prefeito Municipal Getúlio Brabo de Souza, que seja realizada a limpeza e desobstrução do furo/rio Pau de Rosa entre Comunidade Estancia e Maloca bem como as comunidades Adjacentes. Em ato continuo a encaminhar pessoal qualificado para realizar  estudo sobre  abertura do canal secundário e manutenção/estruturação do ramal que da acesso as comunidades.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento-038.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento-038.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomadas as devidas providencias de reconstrução ou reforma e a ampliação da Ponte na Rua  Felipe Cruz, assim como regularizar a ausência de agua canalizada na rua.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento-039.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento-039.pdf</t>
   </si>
   <si>
     <t>REQUEIRO a V. Ex. na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Prefeito Municipal Getúlio Brabo de Souza, que o mesmo realizar a convocação da direção da Equatorial Energia para uma audiência publica para tratar de assuntos pertinentes e precariedade no sistema de abastecimento de energia elétrica da área urbana do Município de São Sebastião da Boa VIsta.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento-040.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento-040.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias  devidas para a construção  de uma rampa de acesso a balsas  para embarque desembarque de veículos e cargas pesadas e do combustível que abastece a usina de nossa cidade e uma pista de acesso a mesma no trecho  da Rua Benedito Cardoso localizada entre o estádio municipal e a construção do ginásio de esportes.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>MARCELO SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento-042.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento-042.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que determine ao setor competente da Secretaria de Desenvolvimento Urbano, que o mesmo providencie a organização do trânsito em nossa cidade seja feito a criação de pontos para moto taxista com cobertura e acento.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento-044.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento-044.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias devidas para que seja realizada a reforma do telhado e da pintura do Posto de Saúde de São Sebastião da Boa Vista, Requeiro também que o mesmo volte a funcionar.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>MECIAS PANTOJA MENDES</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento-045.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento-045.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, por meio do presente, ouvido o soberano plenário e cumpridas as formalidades e exigências do Regimento Interno desta Casa Legislativa, SOLICITAR  ao Prefeito Municipal, Getúlio Brabo de Souza, a ampliação da UBS- Terrinha, localizada á rua Padre Marcos Gnoato, com vistas a ampliar e melhorar o atendimento do serviço de Saúde da comunidade daquele bairro e adjacências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento-046.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento-046.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja feita a revitalização da ponte de embarque e desembarque  de alunos e funcionários da Escola Municipal Caeté. Pedimos que atenda essa reivindicação em caráter de urgência.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>DORIEDISON TEIXEIRA DA SILVA - ECA, NOÉ CASTILHO BITENCOURT - NOÉ DO POVO</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento-047.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento-047.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja perfurado um Poço artesiano na passagem Caiçara na Rua que passa ao lado  da casa do doutor Gilson para garantir  de água potável e atender as necessidades domesticas diárias das famílias que moram naquela localidade.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento-048.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento-048.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja oficializado o Poder Executivo Municipal na pessoa do excelentíssimo Senhor Prefeito Municipal de São Sebastião da Boa Vista Getúlio Brabo de Souza, encaminhe a Secretaria Municipal de Desenvolvimento Urbano para que seja Realizada a Reforma e Ampliação da Ponte atras do Estádio de Futebol (antigo Gremão).</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/103/requerimento-049.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/103/requerimento-049.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja oficializado o Poder Executivo Municipal na pessoa do excelentíssimo Senhor Prefeito Municipal de São Sebastião da Boa Vista Getúlio Brabo de Souza, encaminhe a Secretaria Municipal de Desenvolvimento Urbano para que seja Realizada a Construção Da Ponte Da Rua do Abil entre a rua do aeroporto e a estrada boa vista cocal na comunidade da Cohab.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/104/requerimento-050.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/104/requerimento-050.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, para que seja tomada as providencias para VIABILIZAR A REFORMA DA ESCOLA DA ÁREA URBANA_x000D_
 Escola creche CANTINHO DO AMOR .</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento-052.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento-052.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias devidas para que seja realizada uma reforma no Posto de Saúde do Rio Urucuzal</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento-053.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento-053.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que  SEJA CRIADO UM ESPAÇO NÁUTICO PARA A PREFEITURA.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento-054.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento-054.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias devidas para que seja construída uma rampa de acesso na descida da Rua de Abil as margens  do Rio Jaçuana.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento-055.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento-055.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, o pedido de revitalização do prédio público Municipal (Antiga Delegacia de Policia Civil). Localizado na Rua 18 de Novembro, no Bairro Centro, nesta cidade de São Sebastião da Boa Vista e que referido local seja feita a adequação necessária para funcionamento do Centro de Referencia  Especializado de Assistência Social - CREAS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento-056.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento-056.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja realizada a manutenção e revitalização das ruas Fernando Guillon e Avenida das Acácias, ambas próximas a Ponte Romeu C. Monfredo ( Ponte Grande)</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento-057.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento-057.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja tomada as providencias devidas para que seja realizada uma reforma do Prédio da UAB.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento-058.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento-058.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja feita uma reforma com a máxima urgência na Ponte da Augusto Monte Negro, entre Tabelião Valentim até a Custódio.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento-059.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento-059.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que SEJA CRIADO UM CENTRO DE RECUPERAÇÃO EM SÃO SEBASTIÃO DA BOA VISTA.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento-061.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento-061.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que sejam tomadas as providencias para a reforma e ampliação da Escola Municipal de Ensino Fundamental Rei Salomão que fica localizado no Furo Grande neste Município de São Sebastião da Boa Vista.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/114/requerimento-062.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/114/requerimento-062.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja feita uma reforma e ampliação com a máxima urgência no seguimento da Rua Avenida das Acácias.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento-063.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento-063.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja instaladas placas de sinalizações nas vias de nossa Cidade</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/116/requerimento-064.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/116/requerimento-064.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, que seja construída uma Escola Polo as Margens do Rio Furo Grande</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/117/requerimento-066.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/117/requerimento-066.pdf</t>
   </si>
   <si>
     <t>REQUEIRO na forma regimental depois de ouvido o soberano plenário desta casa, que seja encaminhado ao Senhor Getúlio Brabo de Souza, Prefeito Municipal de São Sebastião da Boa Vista, para que seja tomadas as providencias para VIABILIZAR A REFORMA DA RAMPA DA FEIRA DO PRODUTOER RURAL, NA QUAL OS BARQUEIROS ESCOLARES UTILIZAM PARA EMBARQUE E DESEMBARQUE DAS CRIANÇAS E ADOLESCENTES. E que seja também desobstruída a saída, pois essa balsa que abastece a usina com combustível impossibilita a entrada e saída.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
     <t>Câmara Munipal de São Sebastião da Boa Vista - CMSSBV</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/145/ouvidoria.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/145/ouvidoria.pdf</t>
   </si>
   <si>
     <t>Regulamenta no âmbito da Câmara Municipal de São Sebastião da Boa Vista, a aplicação d a Lei Federal n°13.460, de 26 de junho de 2017, define a Organização e o funcionamento da Ouvidoria Legislativa, e dá outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/180/projeto-de-resolucao-002-votado.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/180/projeto-de-resolucao-002-votado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATUALIZAÇÃO DE DIÁRIAS DOS SENHORES VEREADORES DO MUNICIPIO DE SÃO SEBASTIÃO DA BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>PACCJ</t>
   </si>
   <si>
     <t>Parecer Comissão de Constituição e Justiça</t>
   </si>
   <si>
     <t>CCJ - Comissão de Constituição e Justiça</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/119/parecer-do-projeto-de-lei-001.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/119/parecer-do-projeto-de-lei-001.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição e Justiça, em reunião Extraordinária realizada em 29 de março de 2021, opinaram unanimemente pela constitucionalidade e juricidade, pela aprovação do Projeto de Lei n° 001/2021 do Poder Executivo, sem modificação do Projeto Original.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/181/parecer-do-projeto-de-resolucao-002.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/181/parecer-do-projeto-de-resolucao-002.pdf</t>
   </si>
   <si>
     <t>A COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA, EM REUNIÃO ORDINÁRIA REALIZADA EM 03 DE NOVEMBRO DE 2021, OPINARAM UNANIMEMENTE PELA CONSTITUCIONALIDADE E JURICIDADE, PELA APROVAÇÃO DO PROJETO DE RESOLUÇÃO N° 02/2021 DO PODER LEGISLATIVO, SEM MODIFICAÇÃOES DO PROJETO ORIGINAL</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/131/parecer_da_comissao_e_justica.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/131/parecer_da_comissao_e_justica.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição e Justiça, em reunião realizada em 23 de Junho de 2021, opinaram unanimemente pela constitucionalidade e juricidade, pela aprovação do Projeto de Lei n°003/2021 do Poder executivo, sem modificação do Projeto Original</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/121/parecer-do-projeto-de-lei-004.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/121/parecer-do-projeto-de-lei-004.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição e Justiça, em reunião realizada dia 14 de Abril de 2021, opinaram unanimemente pela constitucionalidade e juridicidade, pela  aprovação do Projeto de Lei n° 004/2021 do Poder Legislativo, sem modificação do Projeto Original.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/123/parecer-do-projeto-de-lei-005.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/123/parecer-do-projeto-de-lei-005.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição e Justiça, em reunião realizada em 14 de Abril de 2021, opinaram unanimemente  pela constitucionalidade e juricidade, pela aprovação do Projeto de Lei n°. 005/2021 do Poder Legislativo, sem modificação do Projeto original.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/125/parecer__da_comissao_de_constituicao_e_justica.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/125/parecer__da_comissao_de_constituicao_e_justica.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição e Justiça, em reunião realizada em 12 de Maio de 2021, opinaram unanimemente pela constitucionalidade e juricidade, pela aprovação do Projeto de Lei n° 006/2021 do Poder Legislativo, sem modificação do Projeto Original.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/129/parecer_da_comissao_de_constituicao_e_justica.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/129/parecer_da_comissao_de_constituicao_e_justica.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição e Justiça, em reunião realizada em 26 de Maio de 2021, opinaram unanimemente pela constitucionalidade e juricidade pela aprovação do Projeto de Lei n°007/2021 do Poder Legislativo, sem modificação do Projeto Original.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/133/parecer-do-projeto-de-lei-009.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/133/parecer-do-projeto-de-lei-009.pdf</t>
   </si>
   <si>
     <t>A Comissão da Constituição e Justiça, em sessão ordinária realizada em 01 de Setembro de 2021, opinou unanimemente pela constitucionalidade , juricidade e boa técnica legislativa e , no mérito pela aprovação do Projeto de Lei n°009/2021 de 25 de Agosto de 2021 do Poder Legislativo, que Inclui o dia dos Jovens Cristão do calendário Oficial  e da outras providencias, se, modificação da proposta original</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/137/parecer-do-projeto-de-lei-010.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/137/parecer-do-projeto-de-lei-010.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição e Justiça, em reunião ordinária realizada em 20 de Outubro de 2021, opinaram pela constitucionalidade e juricidade, pela aprovação da Lei n°010/2021 do Poder Legislativo, sem modificação do Projeto Original.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/139/parecer-do-projeto-de-lei-011.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/139/parecer-do-projeto-de-lei-011.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição e Justiça, em reunião realizada em 01 de Dezembro de 2021, opinara, unanimemente pela constitucionalidade e juricidade pela aprovação do Projeto de Lei n°011/2021 do Poder Legislativo, sem Modificação do Projeto original.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/141/parecer-do-projeto-de-lei-012.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/141/parecer-do-projeto-de-lei-012.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição e Justiça em Reunião Extraordinária realizada em 09 de Dezembro de 2021, opinaram unanimemente pela constitucionalidade e juricidade, pela aprovação do Projeto de Lei n°012/2021 do Poder Legislativo, sem modificação do Projeto Original.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/143/parecer-c.-j.-do-projeto-de-lei-013.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/143/parecer-c.-j.-do-projeto-de-lei-013.pdf</t>
   </si>
   <si>
     <t>A Comissão de Constituição e Justiça em reunião extraordinária, realizada em 22 de Dezembro de 2021, por seus membros infra-assinados, após analisar o Projeto de Lei n° 013/2022, de autoria do Poder Executivo Municipal, que MODIFICA O REGIME PRÓPRIO DE PREVIDÊNCIA DO MUNICIPIO DE SÃO SEBASTIÃO DA BOA VISTA/PA, DE ACORDO COM A EMENDA CONSTITUCIONAL N°103/2019 E DÁ OUTRAS PROVIDÊNCIAS, em conformidade com a aprovação do Relatório exarado pelo Vereador Dorielson Teixeira da Silva, Relator da Matéria, opinou unanimemente pela constitucionalidade, juricidade e boa técnica legislativa por sua tramitação nos termos de sua redação original, por entender que o referido projeto está em Consonância com as legislação vigentes, bem como atende aos interesses da presente comissão permanente.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>Parecer da Comissão de Finanças e Obras</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Obras</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/127/parecer_da_comissao_de_financas_e_obras.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/127/parecer_da_comissao_de_financas_e_obras.pdf</t>
   </si>
   <si>
     <t>A Comissão de Finanças e Obras, em reunião realizada em 12 de Maio de 2021, opinaram pela aprovação do Projeto de Lei N° 002/2021 do Poder Executivo, sem modificação do Projeto Original.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/135/parecer-do-projeto-de-lei-008.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/135/parecer-do-projeto-de-lei-008.pdf</t>
   </si>
   <si>
     <t>A Comissão de Finanças e Obras, em reunião ordinária realizada em 17 de Novembro de 2021, opinaram unanimemente pela constitucionalidade, juricidade, pela aprovação do Projeto de Lei n°008/2021 do Poder Executivo, sem modificação do Projeto Original.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/144/parecer-f.-o.-do-projeto-de-lei-013.pdf</t>
+    <t>http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/144/parecer-f.-o.-do-projeto-de-lei-013.pdf</t>
   </si>
   <si>
     <t>A Comissão de Finanças e Obras em reunião extraordinária, realizada em 22 de Dezembro de 2021, por seus membros infra-assinados, após analisar o Projeto de Lei n° 013/2021, de autoria do Poder Executivo Municipal, que MODIFICA O REGIME PRÓPRIO DE PREVIDÊNCIA DO MUNICIPIO DE SÃO SEBASTIÃO DA BOA VISTA/PA, DE ACORDO COM A EMENDA CONSTITUCIONAL N°103/2019 E DÁ OUTRAS PROVIDÊNCIAS, em conformidade com a aprovação do Relatório exarado pelo Vereador Noé Castilho Bitencourt , Relator da Matéria, opinou unanimemente pela constitucionalidade, juricidade e boa técnica legislativa por sua tramitação nos termos de sua redação original, por entender que o referido projeto está em Consonância com as legislação vigentes, bem como atende aos interesses da presente comissão permanente.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1425,68 +1425,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/118/projeto-de-lei-001-do-poder-executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/126/ldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_03.20221.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/122/projeto-005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/124/projeto006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/128/projeto007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/134/projeto-de-lei-008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/132/projeto-de-lei-009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/136/projeto-de-lei-010-2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/138/projeto-de-lei-011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/140/projeto-de-lei-012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/142/projeto-de-lei-013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/1/requerimento-001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/2/requerimento-002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento-003.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento-004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento-005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento-006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento-007.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento-008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento-009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento-010.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento-011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento-012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento-013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento-014.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento-015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento-016.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento-017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento-018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento-019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento-020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento-022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/82/requerimento-023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento-024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento-026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento-029.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento-030.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento-031.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento-032.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento-033.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento-034.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento-035.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento-036.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento-037.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento-038.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento-039.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento-040.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento-042.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento-044.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento-045.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento-046.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento-047.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento-048.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/103/requerimento-049.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/104/requerimento-050.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento-052.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento-053.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento-054.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento-055.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento-056.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento-057.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento-058.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento-059.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento-061.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/114/requerimento-062.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento-063.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/116/requerimento-064.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/117/requerimento-066.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/145/ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/180/projeto-de-resolucao-002-votado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/119/parecer-do-projeto-de-lei-001.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/181/parecer-do-projeto-de-resolucao-002.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/131/parecer_da_comissao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/121/parecer-do-projeto-de-lei-004.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/123/parecer-do-projeto-de-lei-005.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/125/parecer__da_comissao_de_constituicao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/129/parecer_da_comissao_de_constituicao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/133/parecer-do-projeto-de-lei-009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/137/parecer-do-projeto-de-lei-010.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/139/parecer-do-projeto-de-lei-011.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/141/parecer-do-projeto-de-lei-012.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/143/parecer-c.-j.-do-projeto-de-lei-013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/127/parecer_da_comissao_de_financas_e_obras.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/135/parecer-do-projeto-de-lei-008.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/144/parecer-f.-o.-do-projeto-de-lei-013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/118/projeto-de-lei-001-do-poder-executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/126/ldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/130/projeto_de_lei_03.20221.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/122/projeto-005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/124/projeto006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/128/projeto007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/134/projeto-de-lei-008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/132/projeto-de-lei-009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/136/projeto-de-lei-010-2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/138/projeto-de-lei-011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/140/projeto-de-lei-012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/142/projeto-de-lei-013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/1/requerimento-001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/2/requerimento-002.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento-003.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento-004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento-005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento-006.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento-007.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento-008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento-009.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento-010.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento-011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/72/requerimento-012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/73/requerimento-013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/74/requerimento-014.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/75/requerimento-015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento-016.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento-017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/78/requerimento-018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento-019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/79/requerimento-020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento-022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/82/requerimento-023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento-024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento-026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento-029.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento-030.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento-031.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento-032.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/89/requerimento-033.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/90/requerimento-034.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento-035.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento-036.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento-037.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento-038.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento-039.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento-040.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento-042.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento-044.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento-045.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento-046.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento-047.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento-048.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/103/requerimento-049.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/104/requerimento-050.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento-052.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento-053.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento-054.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento-055.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento-056.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento-057.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento-058.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento-059.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento-061.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/114/requerimento-062.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento-063.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/116/requerimento-064.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/117/requerimento-066.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/145/ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/180/projeto-de-resolucao-002-votado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/119/parecer-do-projeto-de-lei-001.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/181/parecer-do-projeto-de-resolucao-002.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/131/parecer_da_comissao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/121/parecer-do-projeto-de-lei-004.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/123/parecer-do-projeto-de-lei-005.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/125/parecer__da_comissao_de_constituicao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/129/parecer_da_comissao_de_constituicao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/133/parecer-do-projeto-de-lei-009.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/137/parecer-do-projeto-de-lei-010.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/139/parecer-do-projeto-de-lei-011.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/141/parecer-do-projeto-de-lei-012.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/143/parecer-c.-j.-do-projeto-de-lei-013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/127/parecer_da_comissao_de_financas_e_obras.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/135/parecer-do-projeto-de-lei-008.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saosebastiaodaboavista.pa.leg.br/media/sapl/public/materialegislativa/2021/144/parecer-f.-o.-do-projeto-de-lei-013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>